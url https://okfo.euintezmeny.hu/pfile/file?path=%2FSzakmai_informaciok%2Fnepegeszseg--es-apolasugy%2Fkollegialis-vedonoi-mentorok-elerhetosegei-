--- v0 (2025-12-11)
+++ v1 (2026-02-14)
@@ -2,116 +2,110 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\2025\Mentorok elérhetőségei\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\2026\Mentori elérhetőségek\kimenő OKFŐ kommunikáció 2026.02.09\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{01B6AF80-379B-42C3-9273-5F53745F02E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8414D335-33C1-4083-884E-FBAE31047404}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="22932" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Védőnői Mentorok" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Védőnői Mentorok'!$D$1:$D$76</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Védőnői Mentorok'!$A$1:$G$70</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="465" uniqueCount="426">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="465" uniqueCount="423">
   <si>
     <t>Mentor védőnő neve:</t>
   </si>
   <si>
     <t>Mentor védőnő telefonszáma:</t>
   </si>
   <si>
     <t>Munkahely neve:
 (iroda)</t>
   </si>
   <si>
     <t>Ellátott terület megyéje:</t>
   </si>
   <si>
     <t>Ellátott járások/kerület:</t>
   </si>
   <si>
     <t>1.</t>
   </si>
   <si>
-    <t>Angyal Magdolna</t>
-[...1 lines deleted...]
-  <si>
     <t>30/0746373</t>
   </si>
   <si>
-    <t>Pécsi Tudományegyetem Klinikai Központ</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Baranya </t>
   </si>
   <si>
     <t>3.</t>
   </si>
   <si>
     <t>Schmellerné Gúhr Gyöngyi</t>
   </si>
   <si>
     <t>30/0732994</t>
   </si>
   <si>
     <t>4.</t>
   </si>
   <si>
     <t>Süle Szilvia</t>
   </si>
   <si>
     <t>30/0746362</t>
   </si>
   <si>
     <t>5.</t>
   </si>
   <si>
     <t>Zsikla Ágnes</t>
@@ -194,53 +188,50 @@
   <si>
     <t>11.</t>
   </si>
   <si>
     <t>Kunkliné Sütő Ágnes</t>
   </si>
   <si>
     <t>30/6824129</t>
   </si>
   <si>
     <t>12.</t>
   </si>
   <si>
     <t>Bertáné Várnay Ilona</t>
   </si>
   <si>
     <t>30/6825144​</t>
   </si>
   <si>
     <t xml:space="preserve"> Ózdi Almási Balogh Pál Kórház</t>
   </si>
   <si>
     <t>13.</t>
   </si>
   <si>
-    <t xml:space="preserve">Dienes Krisztina </t>
-[...1 lines deleted...]
-  <si>
     <t>30/6823940</t>
   </si>
   <si>
     <t xml:space="preserve">Kazincbarcikai Kórház </t>
   </si>
   <si>
     <t>14.</t>
   </si>
   <si>
     <t>Kissné Dányi Éva</t>
   </si>
   <si>
     <t>30/6824112</t>
   </si>
   <si>
     <t>15.</t>
   </si>
   <si>
     <t>Vaszil-Tőkés Timea</t>
   </si>
   <si>
     <t>30/6821532</t>
   </si>
   <si>
     <t>Sátoraljaújhelyi Erzsébet Kórház</t>
@@ -431,62 +422,50 @@
   <si>
     <t>39.</t>
   </si>
   <si>
     <t>Kovács Edit</t>
   </si>
   <si>
     <t>20/6616203</t>
   </si>
   <si>
     <t>Debreceni Egyetem Klinikai Központ</t>
   </si>
   <si>
     <t xml:space="preserve">Hajdú-Bihar                    </t>
   </si>
   <si>
     <t>Dobó Gabriella</t>
   </si>
   <si>
     <t>30/1379293</t>
   </si>
   <si>
     <t>41.</t>
   </si>
   <si>
-    <t>Pappné Kozma Erika</t>
-[...10 lines deleted...]
-  <si>
     <t>42.</t>
   </si>
   <si>
     <t>Peleiné Imre Judit</t>
   </si>
   <si>
     <t>20/6616242</t>
   </si>
   <si>
     <t xml:space="preserve">Debreceni Egyetem Klinikai Központ, </t>
   </si>
   <si>
     <t xml:space="preserve">Hajdú-Bihar                   </t>
   </si>
   <si>
     <t>43.</t>
   </si>
   <si>
     <t>44.</t>
   </si>
   <si>
     <t>Tóthné Berecz Ágnes</t>
   </si>
   <si>
     <t>30/4792424</t>
@@ -542,53 +521,50 @@
   <si>
     <t>30/1351412</t>
   </si>
   <si>
     <t>Somogy Vármegyei Kaposi Mór Oktató Kórház, Kaposvár</t>
   </si>
   <si>
     <t>Somogy</t>
   </si>
   <si>
     <t>Kaposvári, Marcali, Fonyódi I.</t>
   </si>
   <si>
     <t>51.</t>
   </si>
   <si>
     <t>Csatos Marianna</t>
   </si>
   <si>
     <t>Somogy Megyei Kaposi Mór Megyei Oktató Kórház, Kaposvár</t>
   </si>
   <si>
     <t>52.</t>
   </si>
   <si>
-    <t>Molnárné Tóth Magdolna</t>
-[...1 lines deleted...]
-  <si>
     <t>Szabolcs-Szatmár-Bereg Vármegyei Oktatókórház</t>
   </si>
   <si>
     <t>Szabolcs-Szatmár-Bereg</t>
   </si>
   <si>
     <t>53.</t>
   </si>
   <si>
     <t>Szabóné Gerda Klára</t>
   </si>
   <si>
     <t>30/3016938</t>
   </si>
   <si>
     <t xml:space="preserve"> Szabolcs-Szatmár-Bereg Vármegyei Oktatókórház, (Nyíregyháza)</t>
   </si>
   <si>
     <t>54.</t>
   </si>
   <si>
     <t>Debreceniné Szabó Éva</t>
   </si>
   <si>
     <t>30/3021931</t>
@@ -705,89 +681,77 @@
     <t>64.</t>
   </si>
   <si>
     <t>Dr.Divinyiné Zsoldos Zsuzsanna</t>
   </si>
   <si>
     <t>30/4719553</t>
   </si>
   <si>
     <t xml:space="preserve">Zala                         </t>
   </si>
   <si>
     <t>Rétsági, Balassagyarmati, Szécsényi, Pásztói, Salgótarjáni, Bátonyterenyei</t>
   </si>
   <si>
     <t>65.</t>
   </si>
   <si>
     <t>66.</t>
   </si>
   <si>
     <t>Putnoki,Ózdi, Mezőkövesdi</t>
   </si>
   <si>
     <t>Borsod-Abaúj-Zemplén Vármegyei Központi Kórház és Egyetemi Oktatókórház Semmelweis Tagkórház</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">Debreceni I.                                                </t>
   </si>
   <si>
     <t>30/0724122</t>
   </si>
   <si>
     <t>Forberger Mónika</t>
   </si>
   <si>
     <t>30/4897225</t>
   </si>
   <si>
     <t>30/4314285</t>
   </si>
   <si>
     <t xml:space="preserve">30/1451628
 </t>
   </si>
   <si>
     <t>30/2865798</t>
   </si>
   <si>
     <t>30/5204217</t>
   </si>
   <si>
     <t>30/5204769</t>
   </si>
   <si>
-    <t xml:space="preserve">70/4089443 </t>
-[...1 lines deleted...]
-  <si>
     <t>30/1214494</t>
   </si>
   <si>
     <t xml:space="preserve">X. XVII. 
 XVIII. (iskolavédőnők) </t>
   </si>
   <si>
     <t xml:space="preserve">XIX. XX. XXI. 
 XVIII. (területi védőnők)                                 </t>
   </si>
   <si>
     <t>Siófoki, Tabi, Nagyatádi, Barcsi, Csurgói, 
 Fonyódi II.</t>
   </si>
   <si>
     <t xml:space="preserve">Keszthelyi, Zalaszentgróti                          </t>
   </si>
   <si>
     <t xml:space="preserve">Zalaegerszegi                                           </t>
   </si>
   <si>
     <t>Veszprémi</t>
   </si>
   <si>
     <t xml:space="preserve">30/0863395
@@ -871,84 +835,78 @@
     <t>Nyíregyházi</t>
   </si>
   <si>
     <t>Csengeri, Mátészalkai, Fehérgyarmati, Nyírbátori</t>
   </si>
   <si>
     <t xml:space="preserve">Szekszárdi, Tolnai,  Paksi </t>
   </si>
   <si>
     <t>Orosházi, Mezőkovácsházai, Békési, Gyomaendrődi, Szarvasi</t>
   </si>
   <si>
     <t xml:space="preserve"> VII., VIII. IX.</t>
   </si>
   <si>
     <t>Ceglédi, Nagykőrösi, Nagykátai</t>
   </si>
   <si>
     <t xml:space="preserve">XI.  XXII. (iskolai védőnők)    
                    </t>
   </si>
   <si>
     <t xml:space="preserve">XXII. (területi védőnők), Érdi </t>
   </si>
   <si>
-    <t xml:space="preserve">Debreceni II. Balmazújvárosi                 </t>
-[...1 lines deleted...]
-  <si>
     <t>Vásárosnaményi, Baktalórántházai, Kisvárdai, Záhonyi</t>
   </si>
   <si>
     <t>Tamási, Bonyhádi, Dombóvári</t>
   </si>
   <si>
     <t>Nagykanizsai Kanizsai Dorottya Kórház</t>
   </si>
   <si>
     <t>Keszthelyi Kórház</t>
   </si>
   <si>
     <t xml:space="preserve">Zala Vármegyei Szent Rafael Kórház </t>
   </si>
   <si>
     <t>Kollegiális védőnői mentorok elérhetősége</t>
   </si>
   <si>
     <t xml:space="preserve">30/4988521 </t>
   </si>
   <si>
     <t>Heves Vármegyei Markhot Ferenc Oktatókórház és Rendelőintézet</t>
   </si>
   <si>
     <t>Kovácsné Daruháti Judit</t>
   </si>
   <si>
     <t>Göndöcsné Pénzely Zsuzsanna</t>
-  </si>
-[...1 lines deleted...]
-    <t>67.</t>
   </si>
   <si>
     <t xml:space="preserve"> Esztergomi, Tatabányai, </t>
   </si>
   <si>
     <t xml:space="preserve">Komáromi, Kisbéri; Oroszlányi, Tatai, </t>
   </si>
   <si>
     <t>Komárom-Esztergom Vármegyei  Szent Borbála Kórház Tatabánya
 Vaszary Kolos Kórház telephely</t>
   </si>
   <si>
     <t>Komárom-Esztergom Vármegyei  Szent Borbála Kórház Tatabánya
 Selye János Kórház telephely</t>
   </si>
   <si>
     <t>Gál Adrienn</t>
   </si>
   <si>
     <t xml:space="preserve">Budakeszi, Szentendrei,
 III. kerületi (iskolai védőnők)
 </t>
   </si>
   <si>
     <t xml:space="preserve">I. II. 
@@ -1014,154 +972,135 @@
   <si>
     <t>molnar.katalin@markusovszky.hu</t>
   </si>
   <si>
     <t xml:space="preserve">megyeivedonoimentor@szentimrekorhaz.hu </t>
   </si>
   <si>
     <t>zgelencser2@mail.fmkorhaz.hu</t>
   </si>
   <si>
     <t>rrizsanyi@mail.fmkorhaz.hu</t>
   </si>
   <si>
     <t>evagvolgyi@mail.fmkorhaz.hu</t>
   </si>
   <si>
     <t>peleine.imre.judit@med.unideb.hu</t>
   </si>
   <si>
     <t>horvath.krisztina@bmkk.eu</t>
   </si>
   <si>
     <t>madarasz.boglarka@bmkk.eu</t>
   </si>
   <si>
-    <t>mentorvedono@szlmk.hu, vedono@nvszlk.hu</t>
-[...1 lines deleted...]
-  <si>
     <t>deak.ildiko@epc-honvedkorhaz.hu</t>
   </si>
   <si>
     <t>penzely.zsuzsanna@epc-honvedkorhaz.hu</t>
   </si>
   <si>
     <t xml:space="preserve">varosimentorvedonokarcag@hetenyikorhaz.hu </t>
   </si>
   <si>
-    <t>kozma.erika@med.unideb.hu</t>
-[...1 lines deleted...]
-  <si>
     <t>veber.katalin@dpckorhaz.hu</t>
   </si>
   <si>
     <t>kovacsedit@med.unideb.hu</t>
   </si>
   <si>
     <t>mikus.andrea@szte.hu</t>
   </si>
   <si>
     <t>csanadi.erika.ildiko@szte.hu</t>
   </si>
   <si>
     <t>rabi.sandorne@szte.hu</t>
   </si>
   <si>
     <t>mate.tunde@epc-honvedkorhaz.hu</t>
   </si>
   <si>
-    <t>angyal.magdolna@pte.hu</t>
-[...1 lines deleted...]
-  <si>
     <t>schmellerne.gyongyi@pte.hu</t>
   </si>
   <si>
     <t>sule.szilvia@pte.hu</t>
   </si>
   <si>
     <t>fazekas.anita@janoskorhaz.hu</t>
   </si>
   <si>
     <t>vedono-szerepi.olga@janoskorhaz.hu</t>
   </si>
   <si>
     <t>gal.adrienn@janoskorhaz.hu</t>
   </si>
   <si>
     <t>kernacs.erzsebet@dpckorhaz.hu</t>
   </si>
   <si>
     <t>vn.daruhati.judit@mfkh.hu</t>
   </si>
   <si>
     <t>vn.berecz.agnes@ mfkh.hu</t>
   </si>
   <si>
     <t>vedonom@zmkorhaz.hu</t>
   </si>
   <si>
     <t>rakos.szilvia@nkkorhaz.hu</t>
   </si>
   <si>
     <t>foldine.bradacs.maria@szszbmk.hu</t>
   </si>
   <si>
     <t>lintner.aniko@bazmkorhaz.hu</t>
   </si>
   <si>
-    <t>dienes.krisztina@bazmkorhaz.hu</t>
-[...1 lines deleted...]
-  <si>
     <t>tokes.timea@bazmkorhaz.hu</t>
   </si>
   <si>
     <t>zsiklaag@kmk.hu</t>
   </si>
   <si>
     <t>ivoknemb@kmk.hu</t>
   </si>
   <si>
     <t>urmosn@kmk.hu</t>
   </si>
   <si>
     <t>debrecenine.szabo.eva@szszbmk.hu</t>
   </si>
   <si>
-    <t>tolnai.aniko@kmmk.hu 
-[...2 lines deleted...]
-  <si>
     <t>pasztor.zsuzsanna@tatabanyakorhaz.hu</t>
   </si>
   <si>
     <t>sohar.aniko@tatabanyakorhaz.hu</t>
   </si>
   <si>
     <t>IV. XV.  Dunakeszi</t>
-  </si>
-[...1 lines deleted...]
-    <t>molnarne.toth.magdolna@szszbmk.hu</t>
   </si>
   <si>
     <t>szabone.gerda.klara@szszbmk.hu</t>
   </si>
   <si>
     <t>otoltics.gyorgyi@tmkorhaz.hu</t>
   </si>
   <si>
     <t>soosneludvig.agnes@tmkorhaz.hu</t>
   </si>
   <si>
     <t>juhaszne.marta@dpckorhaz.hu</t>
   </si>
   <si>
     <t>danyi.eva@bazmkorhaz.hu</t>
   </si>
   <si>
     <t>varnay.ilona@bazmkorhaz.hu</t>
   </si>
   <si>
     <t>suto.agnes@bazmkorhaz.hu</t>
   </si>
   <si>
     <t>halasz.orsolya@vmkorhaz.hu</t>
   </si>
@@ -1250,193 +1189,260 @@
   <si>
     <t>2.</t>
   </si>
   <si>
     <t>30/1085979                                  (központi elérhetőség 30/676-5184)</t>
   </si>
   <si>
     <t>Molnárné Galambos Teodóra</t>
   </si>
   <si>
     <t>30/500 2544</t>
   </si>
   <si>
     <t>galambos.teodora@epc-honvedkorhaz.hu</t>
   </si>
   <si>
     <t>Baráthné Nagy Gabriella</t>
   </si>
   <si>
     <t xml:space="preserve">Molnár Katalin </t>
   </si>
   <si>
     <t>Csorna, Kapuvár, Mosonmagyaróvár</t>
   </si>
   <si>
-    <t>demeter.orsolya@petzkorhaz.hu</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">
 20/9177319</t>
   </si>
   <si>
     <t>Rajki Viktrória</t>
   </si>
   <si>
     <t xml:space="preserve">30/3810198
 (94) 311542/ 5286 mellék      </t>
   </si>
   <si>
     <t>rajki.viktoria@markusovszky.hu</t>
   </si>
   <si>
     <t>Jász-Nagykun-Szolnok Vármegyei Hetényi Géza Kórház-Rendelőintézet 5000 Szolnok, Tószegi út 21.</t>
   </si>
   <si>
     <t xml:space="preserve">Karcagi, Mezőtúri,  Kunhegyesi, Tiszafüredi, Törökszentmiklósi Járás, </t>
   </si>
   <si>
     <t>Jász-Nagykun-Szolnok Vármegyei Hetényi Géza Kórház-Rendelőintézet Kátai Gábor Kórház, Karcag, Zöldfa utca 48.</t>
   </si>
   <si>
     <t>Kunszentmártoni és Szolnoki Járás</t>
   </si>
   <si>
-    <t>László Marianna</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">varosimentorvedonocserkeszolo@hetenyikorhaz.hu </t>
   </si>
   <si>
     <t>Jász-Nagykun-Szolnok Vármegyei Hetényi Géza Kórház-Rendelőintézet
 5465 Cserkeszőlő Köztársaság tér 2.</t>
   </si>
   <si>
     <t>30/ 0764642</t>
   </si>
   <si>
     <t>30/6688369</t>
   </si>
   <si>
     <t>30/3019372</t>
   </si>
   <si>
     <t>70/4256272</t>
   </si>
   <si>
     <t>30/5081667</t>
   </si>
   <si>
     <t>30/6449805</t>
   </si>
   <si>
     <t>30/6449751</t>
   </si>
   <si>
     <t>70/6475784</t>
   </si>
   <si>
-    <t>30/0721558</t>
-[...1 lines deleted...]
-  <si>
     <t>30/0985819</t>
   </si>
   <si>
     <t>30/2728071</t>
   </si>
   <si>
+    <t>Dr. Derzsi-Horváth Martina</t>
+  </si>
+  <si>
+    <t>derzsi-horvath.martina@pte.hu</t>
+  </si>
+  <si>
     <t xml:space="preserve">Fodor Emese </t>
   </si>
   <si>
     <t>Polákné Halász Orsolya</t>
   </si>
   <si>
     <t xml:space="preserve">Győr (város) Győr Pannonhalma, Té,t Sopron </t>
   </si>
   <si>
     <t xml:space="preserve">Molnár Helga </t>
   </si>
   <si>
+    <t>Fabók Szilvia</t>
+  </si>
+  <si>
+    <t>70/336-2427</t>
+  </si>
+  <si>
     <t>Veszprém Vármegyei Csolnoky Ferenc Kórház (AJKA). Kórház utca 1.</t>
   </si>
   <si>
+    <t xml:space="preserve">Debreceni I., Nyíradonyi                                           </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Berettyóújfalui, Derecskei, Hajdúböszörményi, Hajdúnánási, Hajdúhadházi  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Debreceni II. Balmazújvárosi,Hajdúszoboszlói Püspökladányi                </t>
+  </si>
+  <si>
+    <t>PTE KK Ápolásszakmai Ig. Vármegyei Védőnői Szolgálat, 7623 Pécs, Rákóczi út 2.</t>
+  </si>
+  <si>
     <t>28.</t>
   </si>
   <si>
     <t>30.</t>
   </si>
   <si>
     <t>40.</t>
+  </si>
+  <si>
+    <t>tolnai.aniko@kmmk.hu
+vedonok@kmmk.hu</t>
+  </si>
+  <si>
+    <t>molnarhelga@petz.gyor.hu</t>
+  </si>
+  <si>
+    <t>67.</t>
+  </si>
+  <si>
+    <t>30/539-9137</t>
+  </si>
+  <si>
+    <t>sebok.csilla.@szszbmk.hu</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>Seb</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="MS Gothic"/>
+        <family val="3"/>
+        <charset val="238"/>
+      </rPr>
+      <t>ő</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>k Csilla</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">fabok.szilvia@szszbmk.hu </t>
+  </si>
+  <si>
+    <t xml:space="preserve">mentorvedono@szlmk.hu 
+ vedono@nvszlk.hu </t>
+  </si>
+  <si>
+    <t>Csontos Renáta</t>
+  </si>
+  <si>
+    <t>30/315 6543</t>
+  </si>
+  <si>
+    <t>valuska.csilla@bazmkorhaz.hu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zórád-Valuska Csilla </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="165" formatCode="[$-40E]General"/>
   </numFmts>
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
-    </font>
-[...13 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0463C1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -1487,60 +1493,83 @@
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color indexed="4"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="MS Gothic"/>
+      <family val="3"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="12"/>
+      <color theme="4" tint="-0.249977111117893"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="20">
+  <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1725,293 +1754,300 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-        <color indexed="64"/>
+      <left style="thin">
+        <color auto="1"/>
       </left>
       <right/>
       <top/>
-      <bottom style="medium">
-[...20 lines deleted...]
-        <color indexed="64"/>
+      <bottom style="thin">
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0">
-      <alignment vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="66">
+  <cellXfs count="75">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...53 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="10" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="3" fontId="14" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...50 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Hivatkozás" xfId="1" builtinId="8"/>
     <cellStyle name="Hivatkozás 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normál" xfId="0" builtinId="0"/>
     <cellStyle name="Normál 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normál 2 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normál 2 2 2" xfId="6" xr:uid="{2A9474D0-F90E-49DF-9DFB-ABD2C5C4EEA2}"/>
     <cellStyle name="Normál 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -2258,1689 +2294,1687 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soosneludvig.agnes@tmkorhaz.hu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:urmosn@kmk.hu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kovacsedit@med.unideb.hu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:varosimentorvedonokarcag@hetenyikorhaz.hu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:madarasz.boglarka@bmkk.eu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danyi.eva@bazmkorhaz.hu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lintner.aniko@bazmkorhaz.hu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dobo.gabriella@med.unideb.hu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vn.teleki.lilla@mfkh.hu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peleine.imre.judit@med.unideb.hu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deak.ildiko@epc-honvedkorhaz.hu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:galambos.teodora@epc-honvedkorhaz.hu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:suto.agnes@bazmkorhaz.hu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dienes.krisztina@bazmkorhaz.hu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kozma.erika@med.unideb.hu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:varnay.ilona@bazmkorhaz.hu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zsiklaag@kmk.hu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:varosimentorvedonocserkeszolo@hetenyikorhaz.hu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasztor.zsuzsanna@tatabanyakorhaz.hu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:penzely.zsuzsanna@epc-honvedkorhaz.hu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tokes.timea@bazmkorhaz.hu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:otoltics.gyorgyi@tmkorhaz.hu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivoknemb@kmk.hu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:horvath.krisztina@bmkk.eu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soosneludvig.agnes@tmkorhaz.hu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivoknemb@kmk.hu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:penzely.zsuzsanna@epc-honvedkorhaz.hu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valuska.csilla@bazmkorhaz.hu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:varosimentorvedonokarcag@hetenyikorhaz.hu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:horvath.krisztina@bmkk.eu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danyi.eva@bazmkorhaz.hu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:urmosn@kmk.hu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kovacsedit@med.unideb.hu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabok.szilvia@szszbmk.hu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vn.teleki.lilla@mfkh.hu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dobo.gabriella@med.unideb.hu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:madarasz.boglarka@bmkk.eu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:galambos.teodora@epc-honvedkorhaz.hu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:suto.agnes@bazmkorhaz.hu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lintner.aniko@bazmkorhaz.hu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:molnarhelga@petz.gyor.hu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:varnay.ilona@bazmkorhaz.hu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peleine.imre.judit@med.unideb.hu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mate.tunde@epc-honvedkorhaz.hu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasztor.zsuzsanna@tatabanyakorhaz.hu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deak.ildiko@epc-honvedkorhaz.hu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tokes.timea@bazmkorhaz.hu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:otoltics.gyorgyi@tmkorhaz.hu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zsiklaag@kmk.hu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:varosimentorvedonocserkeszolo@hetenyikorhaz.hu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G76"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" zoomScaleSheetLayoutView="71" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A66" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="O44" sqref="O44"/>
+      <pane ySplit="2" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="P15" sqref="P15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="5.33203125" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.88671875" style="2"/>
+    <col min="1" max="1" width="5.33203125" style="7" customWidth="1"/>
+    <col min="2" max="2" width="16.88671875" style="8" customWidth="1"/>
+    <col min="3" max="3" width="34.33203125" style="8" customWidth="1"/>
+    <col min="4" max="4" width="49.21875" style="8" customWidth="1"/>
+    <col min="5" max="5" width="28.33203125" style="7" customWidth="1"/>
+    <col min="6" max="6" width="44.5546875" style="50" customWidth="1"/>
+    <col min="7" max="7" width="38" style="51" customWidth="1"/>
+    <col min="8" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="12" t="s">
+      <c r="A1" s="71" t="s">
+        <v>266</v>
+      </c>
+      <c r="B1" s="72"/>
+      <c r="C1" s="72"/>
+      <c r="D1" s="72"/>
+      <c r="E1" s="72"/>
+      <c r="F1" s="72"/>
+      <c r="G1" s="73"/>
+    </row>
+    <row r="2" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="2"/>
+      <c r="B2" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C2" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="D2" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E2" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="G2" s="12" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A3" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="14" t="s">
+        <v>290</v>
+      </c>
+      <c r="D3" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="E3" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="G3" s="16" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A4" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="B4" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="14" t="s">
+        <v>289</v>
+      </c>
+      <c r="D4" s="17" t="s">
+        <v>395</v>
+      </c>
+      <c r="E4" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="15" t="s">
+        <v>396</v>
+      </c>
+      <c r="G4" s="16" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A5" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="14" t="s">
+        <v>291</v>
+      </c>
+      <c r="D5" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>314</v>
+      </c>
+      <c r="G5" s="16" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A6" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" s="36" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="F6" s="15" t="s">
+        <v>326</v>
+      </c>
+      <c r="G6" s="16" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A7" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="15" t="s">
+        <v>327</v>
+      </c>
+      <c r="G7" s="16" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A8" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="E8" s="17" t="s">
+        <v>385</v>
+      </c>
+      <c r="F8" s="15" t="s">
+        <v>328</v>
+      </c>
+      <c r="G8" s="16" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="A9" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E9" s="20" t="s">
+        <v>368</v>
+      </c>
+      <c r="F9" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="G9" s="16" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A10" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="14" t="s">
+        <v>256</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="F10" s="22" t="s">
+        <v>303</v>
+      </c>
+      <c r="G10" s="16" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="A11" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C11" s="14" t="s">
+        <v>241</v>
+      </c>
+      <c r="D11" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="E11" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="G11" s="16" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="A12" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B12" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C12" s="14" t="s">
+        <v>242</v>
+      </c>
+      <c r="D12" s="17" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="F12" s="15" t="s">
+        <v>339</v>
+      </c>
+      <c r="G12" s="16" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A13" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B13" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C13" s="14" t="s">
+        <v>212</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>45</v>
+      </c>
+      <c r="E13" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="F13" s="15" t="s">
+        <v>338</v>
+      </c>
+      <c r="G13" s="16" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A14" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B14" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" s="14" t="s">
+        <v>248</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>422</v>
+      </c>
+      <c r="E14" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="F14" s="74" t="s">
+        <v>421</v>
+      </c>
+      <c r="G14" s="16" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="A15" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B15" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C15" s="14" t="s">
+        <v>243</v>
+      </c>
+      <c r="D15" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="E15" s="17" t="s">
+        <v>53</v>
+      </c>
+      <c r="F15" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="G15" s="16" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A16" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B16" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="C16" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="E16" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="F16" s="15" t="s">
+        <v>325</v>
+      </c>
+      <c r="G16" s="16" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B17" s="68" t="s">
+        <v>247</v>
+      </c>
+      <c r="C17" s="14" t="s">
+        <v>257</v>
+      </c>
+      <c r="D17" s="13" t="s">
+        <v>282</v>
+      </c>
+      <c r="E17" s="14" t="s">
+        <v>386</v>
+      </c>
+      <c r="F17" s="15" t="s">
+        <v>336</v>
+      </c>
+      <c r="G17" s="16" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A18" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B18" s="69"/>
+      <c r="C18" s="14" t="s">
+        <v>223</v>
+      </c>
+      <c r="D18" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18" s="17" t="s">
+        <v>64</v>
+      </c>
+      <c r="F18" s="15" t="s">
+        <v>293</v>
+      </c>
+      <c r="G18" s="16" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A19" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B19" s="69"/>
+      <c r="C19" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="D19" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="E19" s="14" t="s">
+        <v>68</v>
+      </c>
+      <c r="F19" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="G19" s="16" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="45.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B20" s="69"/>
+      <c r="C20" s="14" t="s">
+        <v>224</v>
+      </c>
+      <c r="D20" s="14" t="s">
+        <v>397</v>
+      </c>
+      <c r="E20" s="14" t="s">
+        <v>219</v>
+      </c>
+      <c r="F20" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="G20" s="16" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="45.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="B21" s="69"/>
+      <c r="C21" s="14" t="s">
+        <v>258</v>
+      </c>
+      <c r="D21" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="E21" s="14" t="s">
+        <v>74</v>
+      </c>
+      <c r="F21" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="G21" s="16" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A22" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="B22" s="70"/>
+      <c r="C22" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="D22" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="E22" s="14" t="s">
+        <v>267</v>
+      </c>
+      <c r="F22" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="G22" s="16" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="B23" s="46" t="s">
+        <v>246</v>
+      </c>
+      <c r="C23" s="14" t="s">
+        <v>259</v>
+      </c>
+      <c r="D23" s="13" t="s">
+        <v>215</v>
+      </c>
+      <c r="E23" s="14" t="s">
+        <v>218</v>
+      </c>
+      <c r="F23" s="23" t="s">
+        <v>297</v>
+      </c>
+      <c r="G23" s="16" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A24" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="B24" s="47"/>
+      <c r="C24" s="14" t="s">
+        <v>260</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>361</v>
+      </c>
+      <c r="E24" s="14" t="s">
+        <v>387</v>
+      </c>
+      <c r="F24" s="15" t="s">
+        <v>362</v>
+      </c>
+      <c r="G24" s="16" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A25" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="B25" s="68" t="s">
+        <v>244</v>
+      </c>
+      <c r="C25" s="14" t="s">
+        <v>278</v>
+      </c>
+      <c r="D25" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="E25" s="14" t="s">
+        <v>216</v>
+      </c>
+      <c r="F25" s="24" t="s">
+        <v>315</v>
+      </c>
+      <c r="G25" s="16" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A26" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="B26" s="69"/>
+      <c r="C26" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="D26" s="17" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="14" t="s">
+        <v>217</v>
+      </c>
+      <c r="F26" s="24" t="s">
+        <v>316</v>
+      </c>
+      <c r="G26" s="16" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A27" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="B27" s="70"/>
+      <c r="C27" s="14" t="s">
+        <v>276</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>275</v>
+      </c>
+      <c r="E27" s="14" t="s">
         <v>279</v>
       </c>
-      <c r="B1" s="13"/>
-[...20 lines deleted...]
-      <c r="F2" s="10" t="s">
+      <c r="F27" s="24" t="s">
+        <v>317</v>
+      </c>
+      <c r="G27" s="16" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="63" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="B28" s="65" t="s">
+        <v>245</v>
+      </c>
+      <c r="C28" s="14" t="s">
         <v>365</v>
       </c>
-      <c r="G2" s="53" t="s">
-[...19 lines deleted...]
-      <c r="F3" s="18" t="s">
+      <c r="D28" s="25" t="s">
+        <v>369</v>
+      </c>
+      <c r="E28" s="26" t="s">
+        <v>370</v>
+      </c>
+      <c r="F28" s="15" t="s">
+        <v>371</v>
+      </c>
+      <c r="G28" s="16" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A29" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="B29" s="66"/>
+      <c r="C29" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="D29" s="17" t="s">
+        <v>270</v>
+      </c>
+      <c r="E29" s="17" t="s">
+        <v>220</v>
+      </c>
+      <c r="F29" s="15" t="s">
+        <v>305</v>
+      </c>
+      <c r="G29" s="16" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="66.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="6" t="s">
+        <v>408</v>
+      </c>
+      <c r="B30" s="66"/>
+      <c r="C30" s="14" t="s">
+        <v>346</v>
+      </c>
+      <c r="D30" s="27" t="s">
+        <v>347</v>
+      </c>
+      <c r="E30" s="28" t="s">
+        <v>388</v>
+      </c>
+      <c r="F30" s="15" t="s">
+        <v>348</v>
+      </c>
+      <c r="G30" s="16" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A31" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="B31" s="66"/>
+      <c r="C31" s="17" t="s">
+        <v>332</v>
+      </c>
+      <c r="D31" s="17" t="s">
+        <v>91</v>
+      </c>
+      <c r="E31" s="17" t="s">
+        <v>221</v>
+      </c>
+      <c r="F31" s="15" t="s">
+        <v>304</v>
+      </c>
+      <c r="G31" s="16" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="105" x14ac:dyDescent="0.3">
+      <c r="A32" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="B32" s="67"/>
+      <c r="C32" s="14" t="s">
+        <v>350</v>
+      </c>
+      <c r="D32" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="E32" s="14" t="s">
+        <v>389</v>
+      </c>
+      <c r="F32" s="23" t="s">
+        <v>312</v>
+      </c>
+      <c r="G32" s="16" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="55.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="B33" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C33" s="14" t="s">
+        <v>250</v>
+      </c>
+      <c r="D33" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E33" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="F33" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="G33" s="16" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A34" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="B34" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C34" s="14" t="s">
+        <v>100</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E34" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="F34" s="15" t="s">
+        <v>310</v>
+      </c>
+      <c r="G34" s="16" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A35" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="B35" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C35" s="14" t="s">
+        <v>251</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>102</v>
+      </c>
+      <c r="E35" s="14" t="s">
+        <v>103</v>
+      </c>
+      <c r="F35" s="15" t="s">
+        <v>311</v>
+      </c>
+      <c r="G35" s="16" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A36" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="B36" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="C36" s="14" t="s">
+        <v>283</v>
+      </c>
+      <c r="D36" s="17" t="s">
+        <v>287</v>
+      </c>
+      <c r="E36" s="17" t="s">
+        <v>390</v>
+      </c>
+      <c r="F36" s="15" t="s">
+        <v>298</v>
+      </c>
+      <c r="G36" s="16" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A37" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="B37" s="14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C37" s="14" t="s">
+        <v>249</v>
+      </c>
+      <c r="D37" s="13" t="s">
+        <v>284</v>
+      </c>
+      <c r="E37" s="14" t="s">
+        <v>391</v>
+      </c>
+      <c r="F37" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="G37" s="16" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A38" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="B38" s="14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C38" s="14" t="s">
+        <v>252</v>
+      </c>
+      <c r="D38" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E38" s="14" t="s">
+        <v>110</v>
+      </c>
+      <c r="F38" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="G38" s="16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A39" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="B39" s="17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C39" s="17" t="s">
+        <v>399</v>
+      </c>
+      <c r="D39" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="E39" s="17" t="s">
+        <v>375</v>
+      </c>
+      <c r="F39" s="15" t="s">
+        <v>342</v>
+      </c>
+      <c r="G39" s="16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="B40" s="14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C40" s="14" t="s">
+        <v>374</v>
+      </c>
+      <c r="D40" s="17" t="s">
+        <v>400</v>
+      </c>
+      <c r="E40" s="17" t="s">
+        <v>392</v>
+      </c>
+      <c r="F40" s="52" t="s">
+        <v>412</v>
+      </c>
+      <c r="G40" s="29" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="48" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="B41" s="14" t="s">
+        <v>123</v>
+      </c>
+      <c r="C41" s="14" t="s">
+        <v>404</v>
+      </c>
+      <c r="D41" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="E41" s="17" t="s">
+        <v>121</v>
+      </c>
+      <c r="F41" s="15" t="s">
+        <v>308</v>
+      </c>
+      <c r="G41" s="16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="57" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="B42" s="14" t="s">
+        <v>123</v>
+      </c>
+      <c r="C42" s="14" t="s">
+        <v>405</v>
+      </c>
+      <c r="D42" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="E42" s="17" t="s">
+        <v>125</v>
+      </c>
+      <c r="F42" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="G42" s="16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="B43" s="14" t="s">
+        <v>131</v>
+      </c>
+      <c r="C43" s="14" t="s">
+        <v>406</v>
+      </c>
+      <c r="D43" s="14" t="s">
+        <v>128</v>
+      </c>
+      <c r="E43" s="17" t="s">
+        <v>129</v>
+      </c>
+      <c r="F43" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="G43" s="16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="B44" s="14" t="s">
+        <v>136</v>
+      </c>
+      <c r="C44" s="14" t="s">
+        <v>354</v>
+      </c>
+      <c r="D44" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="E44" s="30" t="s">
+        <v>135</v>
+      </c>
+      <c r="F44" s="23" t="s">
+        <v>320</v>
+      </c>
+      <c r="G44" s="16" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="36.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="B45" s="14" t="s">
+        <v>360</v>
+      </c>
+      <c r="C45" s="14" t="s">
+        <v>355</v>
+      </c>
+      <c r="D45" s="14" t="s">
+        <v>269</v>
+      </c>
+      <c r="E45" s="30" t="s">
+        <v>280</v>
+      </c>
+      <c r="F45" s="15" t="s">
+        <v>319</v>
+      </c>
+      <c r="G45" s="16" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A46" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="B46" s="14" t="s">
+        <v>136</v>
+      </c>
+      <c r="C46" s="31" t="s">
+        <v>356</v>
+      </c>
+      <c r="D46" s="31" t="s">
+        <v>357</v>
+      </c>
+      <c r="E46" s="31" t="s">
+        <v>358</v>
+      </c>
+      <c r="F46" s="15" t="s">
+        <v>359</v>
+      </c>
+      <c r="G46" s="16" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="A47" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="B47" s="47" t="s">
+        <v>138</v>
+      </c>
+      <c r="C47" s="48" t="s">
+        <v>363</v>
+      </c>
+      <c r="D47" s="32" t="s">
+        <v>372</v>
+      </c>
+      <c r="E47" s="33" t="s">
+        <v>214</v>
+      </c>
+      <c r="F47" s="34" t="s">
+        <v>364</v>
+      </c>
+      <c r="G47" s="35" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="A48" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="B48" s="33" t="s">
+        <v>138</v>
+      </c>
+      <c r="C48" s="33" t="s">
+        <v>380</v>
+      </c>
+      <c r="D48" s="17" t="s">
+        <v>343</v>
+      </c>
+      <c r="E48" s="17" t="s">
+        <v>344</v>
+      </c>
+      <c r="F48" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="G48" s="35" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="60" x14ac:dyDescent="0.3">
+      <c r="A49" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="B49" s="17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C49" s="14" t="s">
+        <v>382</v>
+      </c>
+      <c r="D49" s="36" t="s">
+        <v>419</v>
+      </c>
+      <c r="E49" s="57" t="s">
+        <v>420</v>
+      </c>
+      <c r="F49" s="37" t="s">
+        <v>383</v>
+      </c>
+      <c r="G49" s="16" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A50" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B50" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="C50" s="17" t="s">
+        <v>271</v>
+      </c>
+      <c r="D50" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="E50" s="14" t="s">
+        <v>143</v>
+      </c>
+      <c r="F50" s="15" t="s">
+        <v>330</v>
+      </c>
+      <c r="G50" s="16" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A51" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="B51" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="C51" s="17" t="s">
+        <v>272</v>
+      </c>
+      <c r="D51" s="17" t="s">
+        <v>288</v>
+      </c>
+      <c r="E51" s="14" t="s">
+        <v>393</v>
+      </c>
+      <c r="F51" s="22" t="s">
+        <v>331</v>
+      </c>
+      <c r="G51" s="16" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A52" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B52" s="14" t="s">
+        <v>149</v>
+      </c>
+      <c r="C52" s="14" t="s">
+        <v>209</v>
+      </c>
+      <c r="D52" s="13" t="s">
+        <v>146</v>
+      </c>
+      <c r="E52" s="17" t="s">
+        <v>147</v>
+      </c>
+      <c r="F52" s="38" t="s">
+        <v>418</v>
+      </c>
+      <c r="G52" s="16" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A53" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="B53" s="14" t="s">
+        <v>154</v>
+      </c>
+      <c r="C53" s="14" t="s">
+        <v>155</v>
+      </c>
+      <c r="D53" s="13" t="s">
+        <v>151</v>
+      </c>
+      <c r="E53" s="30" t="s">
+        <v>152</v>
+      </c>
+      <c r="F53" s="39" t="s">
+        <v>411</v>
+      </c>
+      <c r="G53" s="16" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A54" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B54" s="14" t="s">
+        <v>154</v>
+      </c>
+      <c r="C54" s="14" t="s">
+        <v>225</v>
+      </c>
+      <c r="D54" s="14" t="s">
+        <v>157</v>
+      </c>
+      <c r="E54" s="30" t="s">
+        <v>236</v>
+      </c>
+      <c r="F54" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="G54" s="16" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A55" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="B55" s="53" t="s">
+        <v>161</v>
+      </c>
+      <c r="C55" s="53" t="s">
+        <v>235</v>
+      </c>
+      <c r="D55" s="54" t="s">
+        <v>401</v>
+      </c>
+      <c r="E55" s="53" t="s">
+        <v>402</v>
+      </c>
+      <c r="F55" s="64" t="s">
+        <v>417</v>
+      </c>
+      <c r="G55" s="55" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A56" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="B56" s="56" t="s">
+        <v>161</v>
+      </c>
+      <c r="C56" s="56" t="s">
+        <v>235</v>
+      </c>
+      <c r="D56" s="57" t="s">
+        <v>416</v>
+      </c>
+      <c r="E56" s="57" t="s">
+        <v>414</v>
+      </c>
+      <c r="F56" s="58" t="s">
+        <v>415</v>
+      </c>
+      <c r="G56" s="59" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A57" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="B57" s="56" t="s">
+        <v>161</v>
+      </c>
+      <c r="C57" s="56" t="s">
+        <v>253</v>
+      </c>
+      <c r="D57" s="60" t="s">
+        <v>163</v>
+      </c>
+      <c r="E57" s="56" t="s">
+        <v>164</v>
+      </c>
+      <c r="F57" s="15" t="s">
+        <v>333</v>
+      </c>
+      <c r="G57" s="59" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A58" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="B58" s="56" t="s">
+        <v>161</v>
+      </c>
+      <c r="C58" s="56" t="s">
+        <v>261</v>
+      </c>
+      <c r="D58" s="56" t="s">
+        <v>167</v>
+      </c>
+      <c r="E58" s="56" t="s">
+        <v>168</v>
+      </c>
+      <c r="F58" s="15" t="s">
         <v>329</v>
       </c>
-      <c r="G3" s="54" t="s">
-[...180 lines deleted...]
-      <c r="F11" s="18" t="s">
+      <c r="G58" s="59" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="30.6" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="B59" s="61" t="s">
+        <v>161</v>
+      </c>
+      <c r="C59" s="61" t="s">
+        <v>254</v>
+      </c>
+      <c r="D59" s="61" t="s">
+        <v>171</v>
+      </c>
+      <c r="E59" s="61" t="s">
+        <v>172</v>
+      </c>
+      <c r="F59" s="62" t="s">
+        <v>323</v>
+      </c>
+      <c r="G59" s="63" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A60" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B60" s="14" t="s">
+        <v>178</v>
+      </c>
+      <c r="C60" s="14" t="s">
+        <v>255</v>
+      </c>
+      <c r="D60" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="E60" s="17" t="s">
+        <v>176</v>
+      </c>
+      <c r="F60" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="G60" s="16" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="45.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B61" s="14" t="s">
+        <v>182</v>
+      </c>
+      <c r="C61" s="14" t="s">
+        <v>262</v>
+      </c>
+      <c r="D61" s="14" t="s">
+        <v>180</v>
+      </c>
+      <c r="E61" s="40" t="s">
+        <v>222</v>
+      </c>
+      <c r="F61" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="G61" s="16" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="43.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B62" s="14" t="s">
+        <v>184</v>
+      </c>
+      <c r="C62" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="D62" s="17" t="s">
+        <v>376</v>
+      </c>
+      <c r="E62" s="17" t="s">
+        <v>377</v>
+      </c>
+      <c r="F62" s="15" t="s">
+        <v>378</v>
+      </c>
+      <c r="G62" s="16" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" ht="49.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B63" s="17" t="s">
+        <v>184</v>
+      </c>
+      <c r="C63" s="14" t="s">
+        <v>285</v>
+      </c>
+      <c r="D63" s="13" t="s">
+        <v>373</v>
+      </c>
+      <c r="E63" s="17" t="s">
+        <v>229</v>
+      </c>
+      <c r="F63" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="G63" s="16" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="45" x14ac:dyDescent="0.3">
+      <c r="A64" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B64" s="17" t="s">
+        <v>191</v>
+      </c>
+      <c r="C64" s="14" t="s">
+        <v>228</v>
+      </c>
+      <c r="D64" s="13" t="s">
+        <v>398</v>
+      </c>
+      <c r="E64" s="41" t="s">
+        <v>394</v>
+      </c>
+      <c r="F64" s="22" t="s">
+        <v>340</v>
+      </c>
+      <c r="G64" s="16" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A65" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B65" s="17" t="s">
+        <v>189</v>
+      </c>
+      <c r="C65" s="17" t="s">
+        <v>233</v>
+      </c>
+      <c r="D65" s="17" t="s">
+        <v>188</v>
+      </c>
+      <c r="E65" s="41" t="s">
+        <v>231</v>
+      </c>
+      <c r="F65" s="37" t="s">
+        <v>353</v>
+      </c>
+      <c r="G65" s="16" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A66" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="B66" s="14" t="s">
+        <v>191</v>
+      </c>
+      <c r="C66" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="D66" s="14" t="s">
+        <v>193</v>
+      </c>
+      <c r="E66" s="17" t="s">
+        <v>194</v>
+      </c>
+      <c r="F66" s="37" t="s">
+        <v>352</v>
+      </c>
+      <c r="G66" s="16" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="15" x14ac:dyDescent="0.3">
+      <c r="A67" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="B67" s="14" t="s">
+        <v>199</v>
+      </c>
+      <c r="C67" s="14" t="s">
+        <v>227</v>
+      </c>
+      <c r="D67" s="13" t="s">
+        <v>197</v>
+      </c>
+      <c r="E67" s="17" t="s">
+        <v>198</v>
+      </c>
+      <c r="F67" s="22" t="s">
+        <v>321</v>
+      </c>
+      <c r="G67" s="16" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="30" x14ac:dyDescent="0.3">
+      <c r="A68" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="B68" s="14" t="s">
+        <v>203</v>
+      </c>
+      <c r="C68" s="14" t="s">
+        <v>204</v>
+      </c>
+      <c r="D68" s="14" t="s">
+        <v>201</v>
+      </c>
+      <c r="E68" s="17" t="s">
+        <v>202</v>
+      </c>
+      <c r="F68" s="22" t="s">
+        <v>322</v>
+      </c>
+      <c r="G68" s="16" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="B69" s="42" t="s">
+        <v>208</v>
+      </c>
+      <c r="C69" s="42" t="s">
+        <v>226</v>
+      </c>
+      <c r="D69" s="42" t="s">
+        <v>206</v>
+      </c>
+      <c r="E69" s="43" t="s">
+        <v>207</v>
+      </c>
+      <c r="F69" s="44" t="s">
         <v>341</v>
       </c>
-      <c r="G11" s="54" t="s">
-[...584 lines deleted...]
-      <c r="C38" s="15" t="s">
+      <c r="G69" s="45" t="s">
         <v>264</v>
       </c>
-      <c r="D38" s="15" t="s">
-[...169 lines deleted...]
-      <c r="G45" s="54" t="s">
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="D70" s="9" t="s">
         <v>281</v>
       </c>
-    </row>
-[...564 lines deleted...]
-      <c r="E76" s="4"/>
+      <c r="F70" s="10"/>
+      <c r="G70" s="11"/>
+    </row>
+    <row r="76" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="E76" s="49"/>
     </row>
   </sheetData>
   <autoFilter ref="D1:D76" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="4">
     <mergeCell ref="B28:B32"/>
     <mergeCell ref="B25:B27"/>
     <mergeCell ref="B17:B22"/>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
-  <phoneticPr fontId="17" type="noConversion"/>
+  <phoneticPr fontId="15" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="F28" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000034000000}"/>
-    <hyperlink ref="F47" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
-    <hyperlink ref="F49" r:id="rId3" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
+    <hyperlink ref="F46" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
+    <hyperlink ref="F48" r:id="rId3" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
     <hyperlink ref="F16" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000029000000}"/>
     <hyperlink ref="F13" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
     <hyperlink ref="F12" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000027000000}"/>
     <hyperlink ref="F15" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000026000000}"/>
     <hyperlink ref="F61" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000024000000}"/>
     <hyperlink ref="F60" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
-    <hyperlink ref="F51" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
-[...4 lines deleted...]
-    <hyperlink ref="F6" r:id="rId15" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
+    <hyperlink ref="F50" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="F11" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="F8" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
+    <hyperlink ref="F7" r:id="rId13" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
+    <hyperlink ref="F6" r:id="rId14" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
     <hyperlink ref="F27" display="gal.adrienn@janoskorhaz.hu" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
     <hyperlink ref="F26" display="vedono-szerepi.olga@janoskorhaz.hu" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
     <hyperlink ref="F25" display="fazekas.anita@janoskorhaz.hu" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
-    <hyperlink ref="F44" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
-[...5 lines deleted...]
-    <hyperlink ref="F9" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="F43" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="F42" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="F41" r:id="rId17" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="F29" r:id="rId18" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="F31" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="F10" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="F9" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="F63" display="molnar.katalin@markusovszky.hu" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="F62" display="rajki.viktoria@markusovszky.hu" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
-    <hyperlink ref="F50" r:id="rId23" xr:uid="{4BD4E417-B24B-4C51-B7AD-14EA942294C2}"/>
-[...4 lines deleted...]
-    <hyperlink ref="F56" display="molnarne.toth.magdolna@szszbmk.hu" xr:uid="{B633C337-5941-46DD-8298-59D1F6443534}"/>
+    <hyperlink ref="F49" r:id="rId22" xr:uid="{4BD4E417-B24B-4C51-B7AD-14EA942294C2}"/>
     <hyperlink ref="F65" display="mailto:horvath.csilla@vmkorhaz.hu" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="F66" display="mailto:csoma.monika@vmkorhaz.hu" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="F64" display="halasz.orsolya@vmkorhaz.hu" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="F32" r:id="rId23" xr:uid="{079512D5-DD2E-4DA5-8DF5-C6A5F277B762}"/>
+    <hyperlink ref="F40" r:id="rId24" xr:uid="{5DCB9AFC-F9FA-4AA3-A0F0-1B461211C2C7}"/>
+    <hyperlink ref="F59" display="foldine.bradacs.maria@szszbmk.hu" xr:uid="{D3332DF5-7BD8-41AC-8363-E30D855D25EF}"/>
+    <hyperlink ref="F58" display="debrecenine.szabo.eva@szszbmk.hu" xr:uid="{91A14966-9806-4536-8758-768649D76FD3}"/>
+    <hyperlink ref="F57" display="szabone.gerda.klara@szszbmk.hu" xr:uid="{F64D7F24-B442-444F-9597-BF114504C0EC}"/>
+    <hyperlink ref="F56" tooltip="mailto:sebok.csilla.@szszbmk.hu" display="sebok.csilla.@szszbmk.hu" xr:uid="{BDCBCF16-83D1-4718-B969-F030EEE85DE9}"/>
+    <hyperlink ref="F55" r:id="rId25" xr:uid="{C6086683-38A8-4642-8C6E-2D327CDC5AC3}"/>
+    <hyperlink ref="F14" r:id="rId26" display="mailto:valuska.csilla@bazmkorhaz.hu" xr:uid="{1B1C41D1-1BCA-49E9-80F1-41A230F43BB3}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="40" fitToHeight="0" orientation="portrait" verticalDpi="0" r:id="rId25"/>
+  <pageSetup paperSize="9" scale="40" fitToHeight="0" orientation="portrait" verticalDpi="0" r:id="rId27"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="40" max="6" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Névvel ellátott tartományok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>